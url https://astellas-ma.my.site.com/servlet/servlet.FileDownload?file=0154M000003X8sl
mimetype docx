--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,40 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1DBD224C" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="108" w:after="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -551,571 +555,136 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>biomarkers.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AC84E46" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6B18ADA2" w14:textId="6943E735" w:rsidR="0093596E" w:rsidRPr="0093596E" w:rsidRDefault="0093596E" w:rsidP="0093596E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="86"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...130 lines deleted...]
-              <w:t>treatment.</w:t>
+            <w:r w:rsidRPr="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>Patient-reported outcome (PROs) and quality of life (QoL) in response to ACP treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="716FC4A5" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E0E9C96" w14:textId="77777777" w:rsidR="0093596E" w:rsidRPr="0093596E" w:rsidRDefault="0093596E" w:rsidP="0093596E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="133"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...200 lines deleted...]
-              <w:t>GA.</w:t>
+            <w:r w:rsidRPr="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>Use of artificial intelligence (AI) to better understand GA disease progression and practice patterns</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67D7D976" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="67D7D976" w14:textId="42D66841" w:rsidR="005D45A7" w:rsidRPr="0093596E" w:rsidRDefault="0093596E" w:rsidP="0093596E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="129"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+                <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...130 lines deleted...]
-              <w:t>outcome.</w:t>
+            <w:r w:rsidRPr="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>Biomarkers for identifying high-risk patients, predicting disease progression, or assessing treatment outcomes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EBE76E1" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5EBE76E1" w14:textId="23A42F46" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="130"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Genetic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
@@ -1162,68 +731,61 @@
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
-              <w:t>GA</w:t>
-[...13 lines deleted...]
-              <w:t>patients.</w:t>
+              <w:t>patients</w:t>
+            </w:r>
+            <w:r w:rsidR="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with GA.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BE38EF9" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4BE38EF9" w14:textId="450B3D09" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="130"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
@@ -1326,51 +888,72 @@
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
-              <w:t>relevant comorbidities.</w:t>
+              <w:t>relevant comorbidities</w:t>
+            </w:r>
+            <w:r w:rsidR="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0093596E" w:rsidRPr="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> including the use of anti-VEGF therapy in the same or fellow eye</w:t>
+            </w:r>
+            <w:r w:rsidR="0093596E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73F0BC3F" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="133"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Real</w:t>
             </w:r>
@@ -1601,51 +1184,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>adherence.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DAD4E73" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4DAD4E73" w14:textId="0E1CE180" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
               <w:spacing w:before="128"/>
               <w:ind w:left="587" w:hanging="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
@@ -1701,56 +1284,56 @@
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>GA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-19"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>pathogenesis.</w:t>
+            <w:r w:rsidR="00782F18" w:rsidRPr="00782F18">
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:position w:val="1"/>
+              </w:rPr>
+              <w:t>pathogenesis (may include pre-clinical assessments).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CA77237" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="129"/>
               <w:ind w:left="172"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1866,229 +1449,178 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>time:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ED552B1" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="305D1A39" w14:textId="394C26CF" w:rsidR="00617645" w:rsidRPr="000A31E5" w:rsidRDefault="00617645" w:rsidP="00617645">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
               <w:spacing w:before="170"/>
               <w:ind w:left="486" w:hanging="249"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:lang w:val="en-CA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...87 lines deleted...]
-              <w:t>treatments.</w:t>
+            <w:r w:rsidRPr="000A31E5">
+              <w:t>Post-hoc analysis of current Astellas datasets, such as GATHER I &amp; II, including use of training data for AI algorithms</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28D2184F" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0ED552B1" w14:textId="13474635" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
-              <w:spacing w:before="110"/>
+              <w:spacing w:before="170"/>
               <w:ind w:left="486" w:hanging="249"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...35 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Head-to-head</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>vs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>complement-inhibitors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="11"/>
-[...7 lines deleted...]
-              <w:t>therapies.</w:t>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>GA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>treatments.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EFB5788" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1EFB5788" w14:textId="57EB9F09" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
               <w:spacing w:before="114"/>
               <w:ind w:left="486" w:hanging="249"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Use</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
@@ -2102,205 +1634,133 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>ACP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
+            <w:r w:rsidR="00617645">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the treatment</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>conditions/diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>than</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>GA.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B59C52A" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2B59C52A" w14:textId="4B681D92" w:rsidR="005D45A7" w:rsidRDefault="005D45A7" w:rsidP="0093596E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
               <w:spacing w:before="118"/>
-              <w:ind w:left="486" w:hanging="249"/>
+              <w:ind w:left="486"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FD4F845" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
         </w:rPr>
         <w:sectPr w:rsidR="005D45A7">
-          <w:headerReference w:type="default" r:id="rId7"/>
-          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16860" w:h="11930" w:orient="landscape"/>
           <w:pgMar w:top="1300" w:right="600" w:bottom="860" w:left="460" w:header="727" w:footer="663" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="286" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
@@ -4949,295 +4409,295 @@
               <w:ind w:left="0" w:right="192"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77A09B75" w14:textId="2FD41069" w:rsidR="005D45A7" w:rsidRPr="00B94FCE" w:rsidRDefault="00B94FCE" w:rsidP="00B94FCE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="164"/>
               </w:tabs>
               <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="192"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>For</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>combination</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>regimens,</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>enfortumab</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>vedotin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(EV)</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ISR</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>program</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>consider</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>EV</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>drug</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>supply</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>partial</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00B94FCE">
+            <w:r w:rsidRPr="00B94FCE">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>funding. The EV ISR program will not supply drug for the other therapies in the combination.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6778DE99" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRPr="00B94FCE" w:rsidRDefault="005D45A7" w:rsidP="00B94FCE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2300809B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRPr="00B94FCE" w:rsidRDefault="00000000" w:rsidP="00B94FCE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="9" w:right="78"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5853,937 +5313,930 @@
             <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78C2A311" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="45"/>
               <w:ind w:left="0" w:right="1311"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>enzalutamide</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12847" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF6CE51" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
-[...150 lines deleted...]
-          </w:p>
           <w:p w14:paraId="6055DF1A" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="4"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="595CD4F1" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0F7B38D6" w14:textId="77777777" w:rsidR="00102314" w:rsidRDefault="00102314" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="779"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Novel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hormonal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Therapy (NHT)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Rechallenge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>post</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>NHT use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>earlier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>stage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>prostate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>cancer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B43AFAB" w14:textId="77777777" w:rsidR="00102314" w:rsidRDefault="00000000" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="779"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>approaches</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>utilizing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>enzalutamide</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>backbone</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>therapy,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>including</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>treatment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>combinations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5961FBFD" w14:textId="5ECEB6B2" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="779"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>AE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>under</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>standard</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>enzalutamide</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00102314">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>dosing.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0CFBF8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
-              <w:ind w:hanging="350"/>
+              <w:spacing w:before="152" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Treatment</w:t>
-[...23 lines deleted...]
-              <w:t>utilizing</w:t>
+              <w:t>Biomarkers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>enzalutamide</w:t>
-[...11 lines deleted...]
-              <w:t>as</w:t>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>inform</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>backbone</w:t>
-[...27 lines deleted...]
-                <w:spacing w:val="-6"/>
+              <w:t>response,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>treatment</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...32 lines deleted...]
-              <w:t>combinations.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>decisions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5961FBFD" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="502B1184" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
-              <w:spacing w:before="154"/>
-              <w:ind w:hanging="350"/>
+              <w:spacing w:before="153" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>AE</w:t>
-[...59 lines deleted...]
-              <w:t>dosing.</w:t>
+              <w:t>Patient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>outcomes and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>QoL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Prostate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Cancer.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F0CFBF8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1F4BC62D" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
-              <w:spacing w:before="152"/>
-              <w:ind w:hanging="350"/>
+              <w:spacing w:before="147" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Biomarkers</w:t>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>screening,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>artificial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>(AI),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>diagnosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>technology</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>to</w:t>
-[...47 lines deleted...]
-              <w:t>and</w:t>
+              <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>treatment</w:t>
-[...8 lines deleted...]
-              <w:t>decisions.</w:t>
+              <w:t>conjunction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Prostate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>treatment.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="502B1184" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="38FE824B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
-              <w:spacing w:before="153"/>
-              <w:ind w:hanging="350"/>
+              <w:spacing w:before="154" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Patient</w:t>
+              <w:t>Understanding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>of AR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>inhibitor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>reported</w:t>
-[...59 lines deleted...]
-              <w:t>Cancer.</w:t>
+              <w:t>action and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>resistance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F4BC62D" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="16D937D6" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="587"/>
               </w:tabs>
-              <w:spacing w:before="147"/>
-              <w:ind w:hanging="350"/>
+              <w:spacing w:before="149" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>New</w:t>
+              <w:t>Treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>screening,</w:t>
-[...119 lines deleted...]
-              <w:t>Prostate</w:t>
+              <w:t>of oligometastatic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Cancer</w:t>
-[...11 lines deleted...]
-              <w:t>treatment.</w:t>
+              <w:t>disease.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FE824B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
-[...123 lines deleted...]
-          <w:p w14:paraId="263FD640" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="263FD640" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="149"/>
               <w:ind w:left="172"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -6896,62 +6349,61 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>time:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A0B0FFE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7A0B0FFE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="471"/>
               </w:tabs>
               <w:spacing w:before="174"/>
-              <w:ind w:left="471" w:hanging="234"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tumor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6988,62 +6440,61 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>prostate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>cancer.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15716CB3" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="15716CB3" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="485"/>
               </w:tabs>
               <w:spacing w:before="109"/>
-              <w:ind w:left="485" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Country-specific</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7104,62 +6555,61 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>generation in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>sub-populations.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B63D862" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B63D862" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="485"/>
               </w:tabs>
               <w:spacing w:before="108"/>
-              <w:ind w:left="485" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Healthcare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Resource</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7172,62 +6622,61 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>(Cost</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Analysis).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0070FAC7" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0070FAC7" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="485"/>
               </w:tabs>
               <w:spacing w:before="120"/>
-              <w:ind w:left="485" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>Unapproved</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>enzalutamide</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7433,61 +6882,61 @@
           </w:tcPr>
           <w:p w14:paraId="43C9B598" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="12"/>
               <w:ind w:left="124"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>fezolinetant</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C48649B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2C48649B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
-              <w:spacing w:before="40" w:line="256" w:lineRule="auto"/>
+              <w:spacing w:before="40"/>
               <w:ind w:right="1424"/>
             </w:pPr>
             <w:r>
               <w:t>Combination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(drug-drug</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7548,1484 +6997,589 @@
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>with</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">vaginal </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>oestrogen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>, SERM, osteoporosis medication)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="704866B9" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="49C46B55" w14:textId="77777777" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="588"/>
+                <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
-              <w:spacing w:before="86"/>
-              <w:ind w:left="588" w:hanging="351"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:right="1424"/>
+              <w:rPr>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...63 lines deleted...]
-              <w:t>impairment.</w:t>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Induced VMS in women with breast cancer for countries not included in HIGHLIGHT-1 study</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2499ADF0" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1ADD34FE" w14:textId="77777777" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="590"/>
+              </w:tabs>
+              <w:spacing w:before="40"/>
+              <w:ind w:right="1424"/>
+              <w:rPr>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>VMS and associated quality of life symptoms (e.g. sleep, mood, sexual wellbeing, cognition, work productivity, etc) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B5B8C7" w14:textId="77777777" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="89"/>
-              <w:ind w:left="588" w:hanging="351"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...75 lines deleted...]
-              <w:t>women.</w:t>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Sub-populations of menopause associated VMS (e.g. &gt;60 years old, women with comorbidities, perimenopause, breast cancer survivors, CV risk reduction) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36B284DD" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
-[...91 lines deleted...]
-          <w:p w14:paraId="799FE05B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4539E84C" w14:textId="43423E1A" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="89"/>
-              <w:ind w:left="588" w:hanging="351"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>of</w:t>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Special populations and other conditions (i.e. dysautonomia, e.g. postural orthostatic tachycardia syndrome (POTS), hyper-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>androgenism</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, or PCOS, endometriosis, uterine fibroids, VMS associated with SLE and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Parkinsons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD935D5" w14:textId="63336B81" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="588"/>
+              </w:tabs>
+              <w:spacing w:before="66"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Weight regulation e.g. weight change and redistribution of body fat associated with menopause, including co-administration with weight loss agent, e.g. GLP-1 agonist</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22265686" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="588"/>
+              </w:tabs>
+              <w:spacing w:before="91"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Previous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Life</w:t>
+              <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
+              <w:t>current</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>hormone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>non-hormone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>other</w:t>
+              <w:t>therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>users</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>dissatisfied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>outcome</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33D2167E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="588"/>
+              </w:tabs>
+              <w:spacing w:before="87"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Appropriate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>patient</w:t>
+              <w:t>relevant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>pre-clinical</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>reported</w:t>
-[...115 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>studies</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="056F0D9B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1DB5A203" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRPr="00961C82" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="89"/>
-              <w:ind w:left="588" w:hanging="351"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Sub-populations</w:t>
-[...11 lines deleted...]
-              <w:t>(e.g.</w:t>
+              <w:t>Digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>VMS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>&gt;60</w:t>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>with</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...52 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>fezolinetant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1069A13E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6A2300E8" w14:textId="77777777" w:rsidR="00961C82" w:rsidRDefault="00961C82" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="89"/>
-              <w:ind w:left="588" w:hanging="351"/>
-[...167 lines deleted...]
-              <w:spacing w:before="17" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="590"/>
             </w:pPr>
-            <w:r>
-[...134 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="358749C8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
-[...537 lines deleted...]
-          <w:p w14:paraId="5C151671" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5C151671" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="170"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -9138,62 +7692,61 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>time:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="300AE696" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="300AE696" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
               <w:spacing w:before="160"/>
-              <w:ind w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>High</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>dose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9232,94 +7785,93 @@
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>regimen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>fezolinetant</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="2D3CD3CC" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D3CD3CC" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
               <w:spacing w:before="144"/>
-              <w:ind w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Drug-drug</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>interactions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="119601A5" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="119601A5" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="592"/>
               </w:tabs>
-              <w:spacing w:before="137" w:line="254" w:lineRule="auto"/>
-              <w:ind w:left="592" w:right="648"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:right="648"/>
             </w:pPr>
             <w:r>
               <w:t>Head-to-head</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>vs.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
@@ -9389,62 +7941,61 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>non-hormonal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>treatments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>not indicated for VMS.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42C9C3D3" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="42C9C3D3" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
               <w:spacing w:before="149"/>
-              <w:ind w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Special</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>populations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9493,62 +8044,61 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>children)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="516A47EC" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="516A47EC" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
               <w:spacing w:before="140"/>
-              <w:ind w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Toxicity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9561,62 +8111,61 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>animals</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75561381" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6C18B7E7" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRPr="003D5CA7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="590"/>
               </w:tabs>
               <w:spacing w:before="134"/>
-              <w:ind w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Toxicity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9627,50 +8176,94 @@
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>juvenile</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>animals</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFE2F50" w14:textId="77777777" w:rsidR="003D5CA7" w:rsidRPr="003D5CA7" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="590"/>
+              </w:tabs>
+              <w:spacing w:before="134"/>
+              <w:rPr>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prostate cancer treatment induced VMS in men (ongoing studies)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75561381" w14:textId="74AEEE2E" w:rsidR="003D5CA7" w:rsidRPr="00102314" w:rsidRDefault="003D5CA7" w:rsidP="00102314">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="590"/>
+              </w:tabs>
+              <w:spacing w:before="134"/>
+              <w:rPr>
+                <w:lang w:val="en-CA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D5CA7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Combination treatment with systemic menopause hormone therapy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B199496" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
       <w:pPr>
         <w:sectPr w:rsidR="005D45A7">
           <w:pgSz w:w="16860" w:h="11930" w:orient="landscape"/>
           <w:pgMar w:top="1400" w:right="600" w:bottom="880" w:left="460" w:header="727" w:footer="663" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F65EE4D" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4473C61B" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
       <w:pPr>
@@ -9864,61 +8457,61 @@
           </w:tcPr>
           <w:p w14:paraId="724E8F76" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="45"/>
               <w:ind w:left="126"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>gilteritinib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE29E2C" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4AE29E2C" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="592"/>
               </w:tabs>
-              <w:spacing w:before="131" w:line="151" w:lineRule="auto"/>
+              <w:spacing w:before="131"/>
               <w:ind w:left="592" w:right="1137"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>FLT3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-19"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>mutation</w:t>
             </w:r>
             <w:r>
@@ -10072,61 +8665,61 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>risk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">myelodysplastic </w:t>
             </w:r>
             <w:r>
               <w:t>syndromes (HR-MDS)).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72DAE502" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
+          <w:p w14:paraId="72DAE502" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="76"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52907490" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="52907490" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="1"/>
               <w:ind w:left="588" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Targeted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-21"/>
@@ -10276,51 +8869,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>FLT3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>inhibitors.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AD49574" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0AD49574" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="91"/>
               <w:ind w:left="588" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Maintenance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
@@ -10356,61 +8949,61 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>FLT3 m+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-17"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>AML.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18762E27" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="18762E27" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="592"/>
               </w:tabs>
-              <w:spacing w:before="177" w:line="153" w:lineRule="auto"/>
+              <w:spacing w:before="177"/>
               <w:ind w:left="592" w:right="934"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Minimal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-17"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>residual</w:t>
             </w:r>
             <w:r>
@@ -10579,51 +9172,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>mechanisms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r>
               <w:t>resistance and allelic ratio.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08D54BB0" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="08D54BB0" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="252"/>
               <w:ind w:left="588" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Wild</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-21"/>
@@ -10645,51 +9238,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>FLT3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>AML.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79C55748" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="79C55748" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="93"/>
               <w:ind w:left="172"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -10802,87 +9395,87 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>time:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22B255C7" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="22B255C7" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="551"/>
               </w:tabs>
               <w:spacing w:before="185"/>
               <w:ind w:left="551" w:hanging="314"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
                 <w:position w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>Pediatric</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>studies.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E916712" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2E916712" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="96"/>
               <w:ind w:left="588" w:hanging="351"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>Bridge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
@@ -10890,51 +9483,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:position w:val="1"/>
               </w:rPr>
               <w:t>transplant.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B2BE4B9" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B2BE4B9" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="582"/>
               </w:tabs>
               <w:spacing w:before="93"/>
               <w:ind w:left="582" w:hanging="345"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:position w:val="2"/>
               </w:rPr>
               <w:t>Combination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
@@ -13430,161 +12023,159 @@
           </w:tcPr>
           <w:p w14:paraId="55CC04AC" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="19"/>
               <w:ind w:left="126"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>peficitinib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDC0CD5" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2AE512C2" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="243" w:lineRule="exact"/>
-              <w:ind w:left="590"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:spacing w:before="35"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...66 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="2AE512C2" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="005D45A7">
+          <w:p w14:paraId="18D61B1C" w14:textId="74EB1F39" w:rsidR="00102314" w:rsidRPr="00102314" w:rsidRDefault="00102314" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="20"/>
               </w:numPr>
-              <w:tabs>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="243" w:lineRule="exact"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Efficacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>peficitinib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>patients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>with rheumatoid arthritis.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="310D6BFA" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="310D6BFA" w14:textId="1174CA57" w:rsidR="005D45A7" w:rsidRDefault="00102314" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="585"/>
               </w:tabs>
               <w:spacing w:before="51"/>
-              <w:ind w:left="585" w:hanging="350"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Evaluation</w:t>
+              <w:t xml:space="preserve">  Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>peficitinib</w:t>
@@ -13617,68 +12208,67 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>rheumatoid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>arthritis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AF424F1" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6AF424F1" w14:textId="6B51A305" w:rsidR="005D45A7" w:rsidRDefault="00102314" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="109"/>
-              <w:ind w:left="588" w:hanging="353"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Evaluation</w:t>
+              <w:t xml:space="preserve">  Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>arthritis,</w:t>
             </w:r>
@@ -13759,68 +12349,67 @@
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">treated with </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>peficitinib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="333A2A90" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="333A2A90" w14:textId="1CFCA396" w:rsidR="005D45A7" w:rsidRDefault="00102314" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="588"/>
               </w:tabs>
               <w:spacing w:before="103"/>
-              <w:ind w:left="588" w:hanging="353"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>Elucidation</w:t>
+              <w:t xml:space="preserve">  Elucidation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>pathophysiology</w:t>
             </w:r>
@@ -15497,51 +14086,51 @@
           <w:tcPr>
             <w:tcW w:w="2544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C437364" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="24"/>
               <w:ind w:left="117"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tacrolimus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62AE7F7E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="62AE7F7E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="28"/>
               <w:ind w:left="249"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>ADVAGRAF:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -15584,62 +14173,62 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>research</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>including:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B5DFF81" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5B5DFF81" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
                 <w:tab w:val="left" w:pos="595"/>
               </w:tabs>
-              <w:spacing w:before="122" w:line="247" w:lineRule="auto"/>
+              <w:spacing w:before="122"/>
               <w:ind w:right="1694" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>Database,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>registries,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>networks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15710,51 +14299,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>liver/kidney</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>transplantation (noninterventional and retrospective data).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401FE5EF" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="401FE5EF" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
               <w:spacing w:before="144"/>
               <w:ind w:left="486" w:hanging="251"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Conversion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -15913,51 +14502,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>renal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>function).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C4D526" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="22C4D526" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="483"/>
               </w:tabs>
               <w:spacing w:before="72"/>
               <w:ind w:left="483" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Risk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -16055,100 +14644,100 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>variability,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>adherence).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7431C5AE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7431C5AE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="483"/>
               </w:tabs>
               <w:spacing w:before="73"/>
               <w:ind w:left="483" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>COVID-19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t>related.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34798ADD" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="34798ADD" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="206"/>
               <w:ind w:left="230"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>PROGRAF:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35D1146E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35D1146E" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="483"/>
               </w:tabs>
               <w:spacing w:before="191"/>
               <w:ind w:left="483" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Epidemiological</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -16244,51 +14833,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>indication.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31099920" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="31099920" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
               </w:tabs>
               <w:spacing w:before="70"/>
               <w:ind w:left="486" w:hanging="251"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Efficacy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -16362,51 +14951,51 @@
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>(AI)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>patients.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5844404F" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5844404F" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="202"/>
               <w:ind w:left="235"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -16528,62 +15117,62 @@
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>time</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D63EED0" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4D63EED0" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="486"/>
                 <w:tab w:val="left" w:pos="595"/>
               </w:tabs>
-              <w:spacing w:before="189" w:line="254" w:lineRule="auto"/>
+              <w:spacing w:before="189"/>
               <w:ind w:right="606" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>Caution</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>with</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>very</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16716,62 +15305,62 @@
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">with switch to </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Advagraf</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> when tacrolimus levels are already low (e.g. &lt;5ng/mL).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DCD92C8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0DCD92C8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="498"/>
                 <w:tab w:val="left" w:pos="595"/>
               </w:tabs>
-              <w:spacing w:before="137" w:line="254" w:lineRule="auto"/>
+              <w:spacing w:before="137"/>
               <w:ind w:right="597" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>Comparison</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>between</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16873,51 +15462,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(PK)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>bioequivalence (BE) analysis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2284C7BE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2284C7BE" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000" w:rsidP="00102314">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="483"/>
               </w:tabs>
               <w:spacing w:before="129"/>
               <w:ind w:left="483" w:hanging="248"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Comparison</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -19269,343 +17858,387 @@
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>development program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40B26DEE" w14:textId="77777777" w:rsidR="00E27DFE" w:rsidRDefault="00E27DFE"/>
     <w:sectPr w:rsidR="00E27DFE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16860" w:h="11930" w:orient="landscape"/>
       <w:pgMar w:top="1400" w:right="600" w:bottom="880" w:left="460" w:header="727" w:footer="663" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C6915DA" w14:textId="77777777" w:rsidR="00E27DFE" w:rsidRDefault="00E27DFE">
+    <w:p w14:paraId="7542540B" w14:textId="77777777" w:rsidR="00A20483" w:rsidRDefault="00A20483">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68107331" w14:textId="77777777" w:rsidR="00E27DFE" w:rsidRDefault="00E27DFE">
+    <w:p w14:paraId="4EE3D224" w14:textId="77777777" w:rsidR="00A20483" w:rsidRDefault="00A20483">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Segoe UI Symbol">
     <w:altName w:val="Segoe UI Symbol"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="580A1623" w14:textId="77777777" w:rsidR="00617645" w:rsidRDefault="00617645">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2002FBD6" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487392768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="084115FA" wp14:editId="43F4C706">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>441451</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>6988175</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="490855" cy="257175"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="490855" cy="257175"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="20841BA8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="20841BA8" w14:textId="36771516" w:rsidR="005D45A7" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="184" w:lineRule="exact"/>
                             <w:ind w:left="22"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="909193"/>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t>FY</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="909193"/>
                               <w:spacing w:val="-7"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="909193"/>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
-                            <w:t>2025</w:t>
+                            <w:t>202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00102314">
+                            <w:rPr>
+                              <w:color w:val="909193"/>
+                              <w:spacing w:val="-4"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0725B3C8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="0725B3C8" w14:textId="7AB685CE" w:rsidR="005D45A7" w:rsidRDefault="00617645">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="8"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="909193"/>
                               <w:spacing w:val="-6"/>
                             </w:rPr>
-                            <w:t>7</w:t>
+                            <w:t>26 Jan-</w:t>
                           </w:r>
-                          <w:r>
-[...6 lines deleted...]
-                          <w:r>
+                          <w:r w:rsidR="00102314">
                             <w:rPr>
                               <w:color w:val="909193"/>
                               <w:spacing w:val="-6"/>
                             </w:rPr>
-                            <w:t>May-2025</w:t>
+                            <w:t>2026</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="084115FA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:34.75pt;margin-top:550.25pt;width:38.65pt;height:20.25pt;z-index:-15923712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCY60+lQEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6N3aCZm2NOMW2YsOA&#10;YivQ9gMUWYqNWaJGKrHz96MUJxm2W7ELRUnU43uPWt2Prhd7g9SBr+V8VkphvIam89tavr58ubqV&#10;gqLyjerBm1oeDMn79ft3qyFUZgEt9I1BwSCeqiHUso0xVEVBujVO0QyC8XxpAZ2KvMVt0aAaGN31&#10;xaIsPxQDYBMQtCHi04fjpVxnfGuNjj+sJRNFX0vmFnPEHDcpFuuVqraoQtvpiYZ6AwunOs9Nz1AP&#10;Kiqxw+4fKNdpBAIbZxpcAdZ22mQNrGZe/qXmuVXBZC1sDoWzTfT/YPX3/XN4QhHHTzDyALMICo+g&#10;fxJ7UwyBqqkmeUoVcXUSOlp0aWUJgh+yt4ezn2aMQvPh9V15u1xKoflqsbyZ3yyT38XlcUCKXw04&#10;kZJaIo8rE1D7R4rH0lPJxOXYPhGJ42bkkpRuoDmwhoHHWEv6tVNopOi/efYpzfyU4CnZnBKM/WfI&#10;PyNJ8fBxF8F2ufMFd+rMA8jcp8+SJvznPlddvvT6NwAAAP//AwBQSwMEFAAGAAgAAAAhAEh+4/7f&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYUjQqVppOE4ITEqIrB45p&#10;67XRGqc02Vb+Pe4Jbvbz0/P38u3sBnHGKVhPGpKVAoHU+NZSp+Gzer17BBGiodYMnlDDDwbYFtdX&#10;uclaf6ESz/vYCQ6hkBkNfYxjJmVoenQmrPyIxLeDn5yJvE6dbCdz4XA3yHulUumMJf7QmxGfe2yO&#10;+5PTsPui8sV+v9cf5aG0VbVR9JYetb69mXdPICLO8c8MCz6jQ8FMtT9RG8SgId08sJP1RCmeFsc6&#10;5TL1Iq0TBbLI5f8SxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwmOtPpUBAAAaAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASH7j/t8AAAAM&#10;AQAADwAAAAAAAAAAAAAAAADvAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="20841BA8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="20841BA8" w14:textId="36771516" w:rsidR="005D45A7" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="184" w:lineRule="exact"/>
                       <w:ind w:left="22"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="909193"/>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t>FY</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="909193"/>
                         <w:spacing w:val="-7"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="909193"/>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
-                      <w:t>2025</w:t>
+                      <w:t>202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00102314">
+                      <w:rPr>
+                        <w:color w:val="909193"/>
+                        <w:spacing w:val="-4"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0725B3C8" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="0725B3C8" w14:textId="7AB685CE" w:rsidR="005D45A7" w:rsidRDefault="00617645">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="8"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="909193"/>
                         <w:spacing w:val="-6"/>
                       </w:rPr>
-                      <w:t>7</w:t>
+                      <w:t>26 Jan-</w:t>
                     </w:r>
-                    <w:r>
-[...6 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidR="00102314">
                       <w:rPr>
                         <w:color w:val="909193"/>
                         <w:spacing w:val="-6"/>
                       </w:rPr>
-                      <w:t>May-2025</w:t>
+                      <w:t>2026</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0D4752BD" w14:textId="77777777" w:rsidR="00617645" w:rsidRDefault="00617645">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="507B36B9" w14:textId="77777777" w:rsidR="00E27DFE" w:rsidRDefault="00E27DFE">
+    <w:p w14:paraId="32431480" w14:textId="77777777" w:rsidR="00A20483" w:rsidRDefault="00A20483">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="740ABF0F" w14:textId="77777777" w:rsidR="00E27DFE" w:rsidRDefault="00E27DFE">
+    <w:p w14:paraId="1B14488E" w14:textId="77777777" w:rsidR="00A20483" w:rsidRDefault="00A20483">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="788928A7" w14:textId="77777777" w:rsidR="00617645" w:rsidRDefault="00617645">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0C2BAF83" w14:textId="77777777" w:rsidR="005D45A7" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487392256" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="722C0F24" wp14:editId="1F4DD715">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>457200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>461771</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1362456" cy="374903"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -19619,50 +18252,60 @@
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1362456" cy="374903"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="20538A62" w14:textId="77777777" w:rsidR="00617645" w:rsidRDefault="00617645">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C41359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04FA417E"/>
     <w:lvl w:ilvl="0" w:tplc="DECCE5B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="779" w:hanging="171"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="64"/>
@@ -20473,50 +19116,163 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="87E01C1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10591" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B49492F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89EE0B34"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D764199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="776CDBF6"/>
     <w:lvl w:ilvl="0" w:tplc="FE361098">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="753" w:hanging="238"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EF260AEC">
       <w:numFmt w:val="bullet"/>
@@ -20601,51 +19357,51 @@
     <w:lvl w:ilvl="7" w:tplc="C7FA74CE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="77A2FE52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DFC4D00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63AE906A"/>
     <w:lvl w:ilvl="0" w:tplc="DB562714">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="588" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="88"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7EB8CEF2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1805" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
@@ -20716,51 +19472,51 @@
     <w:lvl w:ilvl="7" w:tplc="F5AC60A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9157" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2EB05D68">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10383" w:hanging="353"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EA239A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA02E5A"/>
     <w:lvl w:ilvl="0" w:tplc="AA088B10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85A2058C">
       <w:numFmt w:val="bullet"/>
@@ -20837,51 +19593,51 @@
     <w:lvl w:ilvl="7" w:tplc="49D2937C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9159" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76947808">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10385" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="352E5823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EF4E4C6"/>
     <w:lvl w:ilvl="0" w:tplc="FF2A7AFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="768" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AB5A280A">
       <w:numFmt w:val="bullet"/>
@@ -20958,51 +19714,51 @@
     <w:lvl w:ilvl="7" w:tplc="BB1A5080">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9211" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D580086C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10419" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A702BCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39C818B8"/>
     <w:lvl w:ilvl="0" w:tplc="992A79C2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="585" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="970C3E42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21081,51 +19837,191 @@
     <w:lvl w:ilvl="7" w:tplc="6A92EEB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8989" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B99C0934">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10270" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D581C3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33C20C36"/>
+    <w:lvl w:ilvl="0" w:tplc="F8F2F25C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3FFCF522" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9A088E16" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="50B6EE8C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="05EC7FA6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A5B0FECA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="28301F32" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4C282774" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F2C63058" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="407E57CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38B4BD5E"/>
     <w:lvl w:ilvl="0" w:tplc="43CA1FC4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="595" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E724DB34">
       <w:numFmt w:val="bullet"/>
@@ -21202,51 +20098,51 @@
     <w:lvl w:ilvl="7" w:tplc="56020FAE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9163" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DF80CF34">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10387" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CC7C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4746E98"/>
     <w:lvl w:ilvl="0" w:tplc="36DAB502">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="768" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B8E4ACE4">
       <w:numFmt w:val="bullet"/>
@@ -21323,51 +20219,51 @@
     <w:lvl w:ilvl="7" w:tplc="A81E1B64">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9211" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="38B27F5C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10419" w:hanging="252"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59F67A97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6BE49844"/>
     <w:lvl w:ilvl="0" w:tplc="159C66AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="593" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E214CBF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1823" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
@@ -21438,51 +20334,51 @@
     <w:lvl w:ilvl="7" w:tplc="CD829632">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9163" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="780608C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10387" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64E861A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02D28AE0"/>
     <w:lvl w:ilvl="0" w:tplc="4184EE98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9" w:hanging="156"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="0"/>
         <w:w w:val="75"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CC78A706">
       <w:numFmt w:val="bullet"/>
@@ -21567,51 +20463,51 @@
     <w:lvl w:ilvl="7" w:tplc="1898D1F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8916" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9CF01A0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7143723D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A85C3A3E"/>
     <w:lvl w:ilvl="0" w:tplc="E1262628">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="❑"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="593" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="77"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1D967DE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1823" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
@@ -21682,152 +20578,300 @@
     <w:lvl w:ilvl="7" w:tplc="D2E8AD3C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9163" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7BF87B10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10387" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75E23ED7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E07A4B96"/>
+    <w:lvl w:ilvl="0" w:tplc="992A79C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="❑"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="77"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2004578648">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="730270811">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="823930921">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="225654259">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1888292401">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="691801224">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1210193236">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="981545236">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1570649723">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1228953956">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1474326182">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="972060151">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="972060151">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="13" w16cid:durableId="524832589">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="529688200">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1548493353">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="454832610">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1782607922">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="147484309">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="855726553">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1782607922">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="20" w16cid:durableId="1326400886">
+    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D45A7"/>
+    <w:rsid w:val="000A31E5"/>
+    <w:rsid w:val="00102314"/>
+    <w:rsid w:val="001D61F2"/>
     <w:rsid w:val="0033306F"/>
+    <w:rsid w:val="003D5CA7"/>
     <w:rsid w:val="005D45A7"/>
+    <w:rsid w:val="00617645"/>
+    <w:rsid w:val="00686971"/>
+    <w:rsid w:val="006F4E27"/>
+    <w:rsid w:val="00762D87"/>
+    <w:rsid w:val="00782F18"/>
+    <w:rsid w:val="0093596E"/>
+    <w:rsid w:val="00961C82"/>
+    <w:rsid w:val="00A20483"/>
+    <w:rsid w:val="00A32DA2"/>
     <w:rsid w:val="00B94FCE"/>
+    <w:rsid w:val="00C262C2"/>
+    <w:rsid w:val="00C5097A"/>
     <w:rsid w:val="00E27DFE"/>
+    <w:rsid w:val="00EB695D"/>
+    <w:rsid w:val="00EC1ACB"/>
+    <w:rsid w:val="00FC750D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AC5D9DC"/>
   <w15:docId w15:val="{C6200D87-5B58-44E0-9E5C-B3969AE36C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -22250,62 +21294,308 @@
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="588"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00102314"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00102314"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00102314"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00102314"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="13309015">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="186917012">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="248387886">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="595870634">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="747655900">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1103039195">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2045448484">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="838468565">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="871111618">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="937828455">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1107969352">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1165244427">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1743520587">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1801217401">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1881092003">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -22553,60 +21843,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1777</Words>
-  <Characters>10133</Characters>
+  <Words>1833</Words>
+  <Characters>10453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11887</CharactersWithSpaces>
+  <CharactersWithSpaces>12262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Pingili, Akhila</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-11-19T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-10-22T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>